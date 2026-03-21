--- v0 (2025-12-07)
+++ v1 (2026-03-21)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29822"/>
   <workbookPr codeName="DieseArbeitsmappe" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/ad1c03ee7558d71e/Dokumente/LVFMuri/Vereinsmeisterschaft/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="36" documentId="13_ncr:1_{EE74AB0D-C017-4C25-95C0-D80D586832AF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{100B557A-2B51-4A85-AF4E-85C9108AF95D}"/>
+  <xr:revisionPtr revIDLastSave="56" documentId="13_ncr:1_{EE74AB0D-C017-4C25-95C0-D80D586832AF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{92BFAC91-808E-4F0A-A5A9-BE7C43F2824D}"/>
   <bookViews>
-    <workbookView xWindow="25800" yWindow="0" windowWidth="25800" windowHeight="21000" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="27690" yWindow="2850" windowWidth="22800" windowHeight="15345" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Vereinsmeisterschaft_TOTAL" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Vereinsmeisterschaft_TOTAL!$A$5:$H$1488</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Vereinsmeisterschaft_TOTAL!$A$5:$H$1730</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8627" uniqueCount="338">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8688" uniqueCount="340">
   <si>
     <t>Jahr</t>
   </si>
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Strecke</t>
   </si>
   <si>
     <t>Distanz</t>
   </si>
   <si>
     <t>Wetter</t>
   </si>
   <si>
     <t>Kategorie</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Zeit</t>
   </si>
   <si>
@@ -1050,50 +1050,56 @@
   </si>
   <si>
     <t>1:03.11</t>
   </si>
   <si>
     <t>Giger Andi</t>
   </si>
   <si>
     <t>1:05.14</t>
   </si>
   <si>
     <t>keine Zeit</t>
   </si>
   <si>
     <t>1:23.11</t>
   </si>
   <si>
     <t>sonnig und angenehm</t>
   </si>
   <si>
     <t>1:27.34</t>
   </si>
   <si>
     <t>Kebede Dalcho</t>
   </si>
+  <si>
+    <t>Kägi Manuel</t>
+  </si>
+  <si>
+    <t>1:12.46</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Calibri Light"/>
       <family val="2"/>
@@ -2048,54 +2054,54 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Tabelle1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:H1723"/>
+  <dimension ref="A1:H1735"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A1679" workbookViewId="0">
-      <selection activeCell="G1724" sqref="G1724"/>
+    <sheetView tabSelected="1" topLeftCell="A1704" workbookViewId="0">
+      <selection activeCell="G1738" sqref="G1738"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="3" max="3" width="49.140625" customWidth="1"/>
     <col min="5" max="5" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="21.140625" customWidth="1"/>
     <col min="8" max="8" width="14" style="1" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="61.5" x14ac:dyDescent="0.9">
       <c r="A1" s="4" t="s">
         <v>315</v>
       </c>
       <c r="B1" s="5"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
       <c r="G1" s="5"/>
       <c r="H1" s="6"/>
     </row>
     <row r="2" spans="1:8" ht="36" x14ac:dyDescent="0.55000000000000004">
       <c r="A2" s="7" t="s">
@@ -46801,52 +46807,364 @@
       <c r="A1723" s="8">
         <v>2025</v>
       </c>
       <c r="B1723" s="9">
         <v>45903</v>
       </c>
       <c r="C1723" s="8" t="s">
         <v>30</v>
       </c>
       <c r="D1723" s="8" t="s">
         <v>31</v>
       </c>
       <c r="E1723" s="8" t="s">
         <v>61</v>
       </c>
       <c r="F1723" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G1723" s="8" t="s">
         <v>65</v>
       </c>
       <c r="H1723" s="10">
         <v>56.53</v>
       </c>
     </row>
+    <row r="1724" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A1724" s="11">
+        <v>2026</v>
+      </c>
+      <c r="B1724" s="12">
+        <v>46088</v>
+      </c>
+      <c r="C1724" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1724" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E1724" s="11" t="s">
+        <v>316</v>
+      </c>
+      <c r="F1724" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1724" s="11" t="s">
+        <v>46</v>
+      </c>
+      <c r="H1724" s="13">
+        <v>31.13</v>
+      </c>
+    </row>
+    <row r="1725" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A1725" s="11">
+        <v>2026</v>
+      </c>
+      <c r="B1725" s="12">
+        <v>46088</v>
+      </c>
+      <c r="C1725" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1725" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E1725" s="11" t="s">
+        <v>316</v>
+      </c>
+      <c r="F1725" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1725" s="11" t="s">
+        <v>319</v>
+      </c>
+      <c r="H1725" s="13">
+        <v>32.39</v>
+      </c>
+    </row>
+    <row r="1726" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A1726" s="11">
+        <v>2026</v>
+      </c>
+      <c r="B1726" s="12">
+        <v>46088</v>
+      </c>
+      <c r="C1726" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1726" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E1726" s="11" t="s">
+        <v>316</v>
+      </c>
+      <c r="F1726" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1726" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="H1726" s="13">
+        <v>36.18</v>
+      </c>
+    </row>
+    <row r="1727" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A1727" s="11">
+        <v>2026</v>
+      </c>
+      <c r="B1727" s="12">
+        <v>46088</v>
+      </c>
+      <c r="C1727" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1727" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E1727" s="11" t="s">
+        <v>316</v>
+      </c>
+      <c r="F1727" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1727" s="11" t="s">
+        <v>33</v>
+      </c>
+      <c r="H1727" s="13">
+        <v>39.08</v>
+      </c>
+    </row>
+    <row r="1728" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A1728" s="11">
+        <v>2026</v>
+      </c>
+      <c r="B1728" s="12">
+        <v>46088</v>
+      </c>
+      <c r="C1728" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1728" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E1728" s="11" t="s">
+        <v>316</v>
+      </c>
+      <c r="F1728" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1728" s="11" t="s">
+        <v>338</v>
+      </c>
+      <c r="H1728" s="13">
+        <v>40.54</v>
+      </c>
+    </row>
+    <row r="1729" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A1729" s="11">
+        <v>2026</v>
+      </c>
+      <c r="B1729" s="12">
+        <v>46088</v>
+      </c>
+      <c r="C1729" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1729" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E1729" s="11" t="s">
+        <v>316</v>
+      </c>
+      <c r="F1729" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1729" s="11" t="s">
+        <v>308</v>
+      </c>
+      <c r="H1729" s="13">
+        <v>47.54</v>
+      </c>
+    </row>
+    <row r="1730" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A1730" s="11">
+        <v>2026</v>
+      </c>
+      <c r="B1730" s="12">
+        <v>46088</v>
+      </c>
+      <c r="C1730" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1730" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E1730" s="11" t="s">
+        <v>316</v>
+      </c>
+      <c r="F1730" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="G1730" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="H1730" s="13">
+        <v>33.5</v>
+      </c>
+    </row>
+    <row r="1731" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A1731" s="11">
+        <v>2026</v>
+      </c>
+      <c r="B1731" s="12">
+        <v>46088</v>
+      </c>
+      <c r="C1731" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1731" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E1731" s="11" t="s">
+        <v>316</v>
+      </c>
+      <c r="F1731" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="G1731" s="11" t="s">
+        <v>66</v>
+      </c>
+      <c r="H1731" s="13">
+        <v>37.57</v>
+      </c>
+    </row>
+    <row r="1732" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A1732" s="11">
+        <v>2026</v>
+      </c>
+      <c r="B1732" s="12">
+        <v>46088</v>
+      </c>
+      <c r="C1732" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1732" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E1732" s="11" t="s">
+        <v>316</v>
+      </c>
+      <c r="F1732" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="G1732" s="11" t="s">
+        <v>40</v>
+      </c>
+      <c r="H1732" s="13">
+        <v>40.19</v>
+      </c>
+    </row>
+    <row r="1733" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A1733" s="11">
+        <v>2026</v>
+      </c>
+      <c r="B1733" s="12">
+        <v>46088</v>
+      </c>
+      <c r="C1733" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1733" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E1733" s="11" t="s">
+        <v>316</v>
+      </c>
+      <c r="F1733" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="G1733" s="11" t="s">
+        <v>78</v>
+      </c>
+      <c r="H1733" s="13">
+        <v>40.21</v>
+      </c>
+    </row>
+    <row r="1734" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A1734" s="11">
+        <v>2026</v>
+      </c>
+      <c r="B1734" s="12">
+        <v>46088</v>
+      </c>
+      <c r="C1734" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1734" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E1734" s="11" t="s">
+        <v>316</v>
+      </c>
+      <c r="F1734" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="G1734" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="H1734" s="13">
+        <v>44.32</v>
+      </c>
+    </row>
+    <row r="1735" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A1735" s="11">
+        <v>2026</v>
+      </c>
+      <c r="B1735" s="12">
+        <v>46088</v>
+      </c>
+      <c r="C1735" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1735" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E1735" s="11" t="s">
+        <v>316</v>
+      </c>
+      <c r="F1735" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="G1735" s="11" t="s">
+        <v>68</v>
+      </c>
+      <c r="H1735" s="13" t="s">
+        <v>339</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A5:H1488" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <autoFilter ref="A5:H1730" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="F1690:H1702">
     <sortCondition ref="H1690:H1702"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="54" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <webPublishItems count="1">
     <webPublishItem id="8995" divId="Vereinsmeisterschaft_TOTAL_8995" sourceType="sheet" destinationFile="C:\Users\Simon\SkyDrive\Dokumente\LVFMuri\NeueHomepage\Vereinsmeisterschaft.htm"/>
   </webPublishItems>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>